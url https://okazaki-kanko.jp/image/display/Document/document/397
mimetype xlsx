--- v0 (2025-12-14)
+++ v1 (2026-02-23)
@@ -1,117 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11205"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://okazakikanko-my.sharepoint.com/personal/hachisuka_m_okazaki-kanko_jp/Documents/デスクトップ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{3010EF4A-9DD6-4F51-BCC6-7F1AAB9FE826}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{443A78DE-4054-3241-BA31-72D38E0F4A37}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{7BA28A38-5BE0-4C71-81DA-6337873AB016}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F180965B-4BAF-4EED-A6CC-EF8F9FF29B5D}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="640" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="R8団体用（入力用）" sheetId="12" r:id="rId1"/>
-    <sheet name="R8団体用（記入例）" sheetId="13" r:id="rId2"/>
-[...1 lines deleted...]
-    <sheet name="R7団体用（記入例）" sheetId="11" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="47">
-[...21 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="25">
   <si>
     <t>希望隊列</t>
     <rPh sb="0" eb="2">
       <t>キボウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タイレツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">団体代表者
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>（申込ﾌｫｰﾑ入力者）</t>
     </r>
     <rPh sb="0" eb="2">
@@ -121,69 +91,50 @@
       <t>ダイヒョウシャ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>ニュウリョクシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ふ り が な</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>団体名</t>
     <rPh sb="0" eb="3">
       <t>ダンタイメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>【提出先】</t>
     <rPh sb="1" eb="4">
       <t>テイシュツサキ</t>
-    </rPh>
-[...17 lines deleted...]
-      <t>カカリ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>氏　   　名</t>
     <rPh sb="0" eb="1">
       <t>ウジ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〒444-0045 岡崎市康生通東2-47</t>
     <rPh sb="10" eb="13">
       <t>オカザキシ</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>コウセイドオ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -312,78 +263,50 @@
       <rPr>
         <sz val="9"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>（西暦でご記入ください）</t>
     </r>
     <rPh sb="0" eb="1">
       <t>イキル</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>トシ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ツキ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ヒ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>セイレキ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>キニュウ</t>
-    </rPh>
-[...26 lines deleted...]
-      <t>ジテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -474,254 +397,122 @@
         <charset val="128"/>
       </rPr>
       <t>ご記入ください。※西暦でご記入ください。</t>
     </r>
     <rPh sb="22" eb="24">
       <t>セイネン</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ガッピ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>セイカク</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="39" eb="41">
       <t>セイレキ</t>
     </rPh>
     <rPh sb="43" eb="45">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...23 lines deleted...]
-  <si>
     <t>　※記入漏れがある場合、受付または参加できない場合がありますのでご注意ください。</t>
     <rPh sb="17" eb="18">
       <t>サン</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>カ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...137 lines deleted...]
-    <t>25</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">年齢
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>（R8.4.5時点）</t>
     </r>
     <rPh sb="0" eb="2">
       <t>ネンレイ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ジテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　③ 「年齢」欄については、令和８年4月5日時点での年齢をご記入ください。</t>
   </si>
+  <si>
+    <t>令和８年度家康公行列【団体用】申込者名簿　　</t>
+    <rPh sb="0" eb="2">
+      <t>レイワ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ネンド</t>
+    </rPh>
+    <rPh sb="11" eb="14">
+      <t>ダンタイヨウ</t>
+    </rPh>
+    <rPh sb="15" eb="20">
+      <t>モウシコミシャメイボ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>（一社）岡崎市観光協会「家康公行列」係</t>
+    <rPh sb="1" eb="3">
+      <t>イッシャ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>オカザキシ</t>
+    </rPh>
+    <rPh sb="7" eb="11">
+      <t>カンコウキョウカイ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>カカリ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -735,64 +526,50 @@
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="10"/>
-[...12 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -965,51 +742,51 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
@@ -1039,90 +816,50 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...38 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1197,413 +934,71 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...52 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
-[...287 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1827,777 +1222,769 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8F728EE-F5C5-499B-8AED-3820BE51A7D4}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="N9" sqref="N9"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.97265625" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="2.37109375" style="9" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.97265625" style="7"/>
+    <col min="1" max="1" width="2.375" style="9" customWidth="1"/>
+    <col min="2" max="2" width="18.375" style="7" customWidth="1"/>
+    <col min="3" max="3" width="29.25" style="7" customWidth="1"/>
+    <col min="4" max="4" width="31.375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="20.25" style="7" customWidth="1"/>
+    <col min="6" max="6" width="30.25" style="7" customWidth="1"/>
+    <col min="7" max="7" width="6.625" style="7" customWidth="1"/>
+    <col min="8" max="8" width="2.875" style="7" customWidth="1"/>
+    <col min="9" max="9" width="3.625" style="7" customWidth="1"/>
+    <col min="10" max="10" width="2.875" style="7" customWidth="1"/>
+    <col min="11" max="11" width="3.625" style="7" customWidth="1"/>
+    <col min="12" max="12" width="2.875" style="7" customWidth="1"/>
+    <col min="13" max="13" width="11.75" style="7" customWidth="1"/>
+    <col min="14" max="16384" width="9" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="27.75" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-    <row r="2" spans="1:13" ht="27.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.15">
+      <c r="B1" s="35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+    </row>
+    <row r="2" spans="1:13" ht="21" x14ac:dyDescent="0.15">
       <c r="B2" s="10"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
       <c r="M2" s="11"/>
     </row>
-    <row r="3" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B3" s="52"/>
+    <row r="3" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="38"/>
       <c r="C3" s="8"/>
       <c r="D3" s="12"/>
       <c r="G3" s="13"/>
       <c r="H3" s="13"/>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="13"/>
       <c r="L3" s="13"/>
     </row>
-    <row r="4" spans="1:13" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="14"/>
       <c r="C4" s="15"/>
       <c r="G4" s="13"/>
       <c r="H4" s="13"/>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="13"/>
       <c r="L4" s="13"/>
     </row>
-    <row r="5" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="53" t="s">
+    <row r="5" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="40"/>
+      <c r="C5" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="54"/>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="59" t="s">
+      <c r="E5" s="45"/>
+      <c r="F5" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="59"/>
-[...2 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
     </row>
-    <row r="6" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B6" s="56"/>
+    <row r="6" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="41"/>
+      <c r="B6" s="42"/>
       <c r="C6" s="4" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-      <c r="E6" s="59"/>
+        <v>5</v>
+      </c>
+      <c r="D6" s="45"/>
+      <c r="E6" s="45"/>
       <c r="F6" s="6"/>
       <c r="G6" s="1" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
     </row>
-    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B7" s="56"/>
+    <row r="7" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="41"/>
+      <c r="B7" s="42"/>
       <c r="C7" s="16"/>
-      <c r="D7" s="60"/>
-      <c r="E7" s="60"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="46"/>
       <c r="G7" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="43"/>
+      <c r="B8" s="44"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="G8" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="27"/>
+      <c r="B10" s="47" t="s">
         <v>9</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="G8" s="2" t="s">
+      <c r="C10" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="49" t="s">
         <v>10</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B10" s="61" t="s">
+      <c r="E10" s="49" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="3" t="s">
+      <c r="F10" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="53"/>
+      <c r="I10" s="53"/>
+      <c r="J10" s="53"/>
+      <c r="K10" s="53"/>
+      <c r="L10" s="40"/>
+      <c r="M10" s="45" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="28"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="50"/>
+      <c r="E11" s="50"/>
+      <c r="F11" s="52"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="54"/>
+      <c r="I11" s="54"/>
+      <c r="J11" s="54"/>
+      <c r="K11" s="54"/>
+      <c r="L11" s="44"/>
+      <c r="M11" s="55"/>
+    </row>
+    <row r="12" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="27">
+        <v>1</v>
+      </c>
+      <c r="B12" s="29"/>
+      <c r="C12" s="16"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="29"/>
+      <c r="G12" s="33"/>
+      <c r="H12" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K12" s="22"/>
+      <c r="L12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M12" s="26"/>
+    </row>
+    <row r="13" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="28"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="30"/>
+      <c r="G13" s="34"/>
+      <c r="H13" s="21"/>
+      <c r="I13" s="23"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="23"/>
+      <c r="L13" s="25"/>
+      <c r="M13" s="26"/>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="27">
+        <v>2</v>
+      </c>
+      <c r="B14" s="29"/>
+      <c r="C14" s="16"/>
+      <c r="D14" s="29"/>
+      <c r="E14" s="31"/>
+      <c r="F14" s="29"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K14" s="22"/>
+      <c r="L14" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M14" s="26"/>
+    </row>
+    <row r="15" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="28"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="34"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="25"/>
+      <c r="M15" s="26"/>
+    </row>
+    <row r="16" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="27">
         <v>3</v>
       </c>
-      <c r="D10" s="63" t="s">
+      <c r="B16" s="29"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="29"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="29"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K16" s="22"/>
+      <c r="L16" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M16" s="26"/>
+    </row>
+    <row r="17" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="28"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="30"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="30"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="23"/>
+      <c r="J17" s="21"/>
+      <c r="K17" s="23"/>
+      <c r="L17" s="25"/>
+      <c r="M17" s="26"/>
+    </row>
+    <row r="18" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="27">
+        <v>4</v>
+      </c>
+      <c r="B18" s="29"/>
+      <c r="C18" s="16"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="31"/>
+      <c r="F18" s="29"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K18" s="22"/>
+      <c r="L18" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M18" s="26"/>
+    </row>
+    <row r="19" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="28"/>
+      <c r="B19" s="30"/>
+      <c r="C19" s="17"/>
+      <c r="D19" s="30"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="30"/>
+      <c r="G19" s="34"/>
+      <c r="H19" s="21"/>
+      <c r="I19" s="23"/>
+      <c r="J19" s="21"/>
+      <c r="K19" s="23"/>
+      <c r="L19" s="25"/>
+      <c r="M19" s="26"/>
+    </row>
+    <row r="20" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="27">
+        <v>5</v>
+      </c>
+      <c r="B20" s="29"/>
+      <c r="C20" s="16"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="31"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="33"/>
+      <c r="H20" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K20" s="22"/>
+      <c r="L20" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M20" s="26"/>
+    </row>
+    <row r="21" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="28"/>
+      <c r="B21" s="30"/>
+      <c r="C21" s="17"/>
+      <c r="D21" s="30"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="30"/>
+      <c r="G21" s="34"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="23"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="23"/>
+      <c r="L21" s="25"/>
+      <c r="M21" s="26"/>
+    </row>
+    <row r="22" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="27">
+        <v>6</v>
+      </c>
+      <c r="B22" s="29"/>
+      <c r="C22" s="16"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="31"/>
+      <c r="F22" s="29"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K22" s="22"/>
+      <c r="L22" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M22" s="26"/>
+    </row>
+    <row r="23" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="28"/>
+      <c r="B23" s="30"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="30"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="30"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="23"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="23"/>
+      <c r="L23" s="25"/>
+      <c r="M23" s="26"/>
+    </row>
+    <row r="24" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="27">
+        <v>7</v>
+      </c>
+      <c r="B24" s="29"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="29"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="29"/>
+      <c r="G24" s="33"/>
+      <c r="H24" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K24" s="22"/>
+      <c r="L24" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M24" s="26"/>
+    </row>
+    <row r="25" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="28"/>
+      <c r="B25" s="30"/>
+      <c r="C25" s="17"/>
+      <c r="D25" s="30"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="30"/>
+      <c r="G25" s="34"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="23"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="23"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="26"/>
+    </row>
+    <row r="26" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="27">
+        <v>8</v>
+      </c>
+      <c r="B26" s="29"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="29"/>
+      <c r="E26" s="31"/>
+      <c r="F26" s="29"/>
+      <c r="G26" s="33"/>
+      <c r="H26" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K26" s="22"/>
+      <c r="L26" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M26" s="26"/>
+    </row>
+    <row r="27" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="28"/>
+      <c r="B27" s="30"/>
+      <c r="C27" s="17"/>
+      <c r="D27" s="30"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="30"/>
+      <c r="G27" s="34"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="23"/>
+      <c r="J27" s="21"/>
+      <c r="K27" s="23"/>
+      <c r="L27" s="25"/>
+      <c r="M27" s="26"/>
+    </row>
+    <row r="28" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="27">
+        <v>9</v>
+      </c>
+      <c r="B28" s="29"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="29"/>
+      <c r="E28" s="31"/>
+      <c r="F28" s="29"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K28" s="22"/>
+      <c r="L28" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M28" s="26"/>
+    </row>
+    <row r="29" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="28"/>
+      <c r="B29" s="30"/>
+      <c r="C29" s="17"/>
+      <c r="D29" s="30"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="34"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="23"/>
+      <c r="J29" s="21"/>
+      <c r="K29" s="23"/>
+      <c r="L29" s="25"/>
+      <c r="M29" s="26"/>
+    </row>
+    <row r="30" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="27">
+        <v>10</v>
+      </c>
+      <c r="B30" s="29"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="29"/>
+      <c r="E30" s="31"/>
+      <c r="F30" s="29"/>
+      <c r="G30" s="33"/>
+      <c r="H30" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K30" s="22"/>
+      <c r="L30" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M30" s="26"/>
+    </row>
+    <row r="31" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="28"/>
+      <c r="B31" s="30"/>
+      <c r="C31" s="17"/>
+      <c r="D31" s="30"/>
+      <c r="E31" s="32"/>
+      <c r="F31" s="30"/>
+      <c r="G31" s="34"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="23"/>
+      <c r="J31" s="21"/>
+      <c r="K31" s="23"/>
+      <c r="L31" s="25"/>
+      <c r="M31" s="26"/>
+    </row>
+    <row r="32" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="27">
+        <v>11</v>
+      </c>
+      <c r="B32" s="29"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="29"/>
+      <c r="E32" s="31"/>
+      <c r="F32" s="29"/>
+      <c r="G32" s="33"/>
+      <c r="H32" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M32" s="26"/>
+    </row>
+    <row r="33" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="28"/>
+      <c r="B33" s="30"/>
+      <c r="C33" s="17"/>
+      <c r="D33" s="30"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="30"/>
+      <c r="G33" s="34"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="23"/>
+      <c r="J33" s="21"/>
+      <c r="K33" s="23"/>
+      <c r="L33" s="25"/>
+      <c r="M33" s="26"/>
+    </row>
+    <row r="34" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="27">
         <v>12</v>
       </c>
-      <c r="E10" s="63" t="s">
+      <c r="B34" s="29"/>
+      <c r="C34" s="16"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="31"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="K34" s="22"/>
+      <c r="L34" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M34" s="26"/>
+    </row>
+    <row r="35" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="28"/>
+      <c r="B35" s="30"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="30"/>
+      <c r="E35" s="32"/>
+      <c r="F35" s="30"/>
+      <c r="G35" s="34"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="23"/>
+      <c r="J35" s="21"/>
+      <c r="K35" s="23"/>
+      <c r="L35" s="25"/>
+      <c r="M35" s="26"/>
+    </row>
+    <row r="36" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="27">
         <v>13</v>
       </c>
-      <c r="F10" s="65" t="s">
+      <c r="B36" s="29"/>
+      <c r="C36" s="16"/>
+      <c r="D36" s="29"/>
+      <c r="E36" s="31"/>
+      <c r="F36" s="29"/>
+      <c r="G36" s="33"/>
+      <c r="H36" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="53" t="s">
+      <c r="I36" s="22"/>
+      <c r="J36" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="H10" s="67"/>
-[...506 lines deleted...]
-      <c r="B37" s="44"/>
+      <c r="K36" s="22"/>
+      <c r="L36" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M36" s="26"/>
+    </row>
+    <row r="37" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="28"/>
+      <c r="B37" s="30"/>
       <c r="C37" s="17"/>
-      <c r="D37" s="44"/>
-[...10 lines deleted...]
-    <row r="38" spans="1:13" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D37" s="30"/>
+      <c r="E37" s="32"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="34"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="23"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="23"/>
+      <c r="L37" s="25"/>
+      <c r="M37" s="26"/>
+    </row>
+    <row r="38" spans="1:13" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="G38" s="19"/>
     </row>
-    <row r="39" spans="1:13" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:13" s="6" customFormat="1" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A39" s="9"/>
       <c r="B39" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:13" s="6" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" s="6" customFormat="1" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A40" s="9"/>
       <c r="B40" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C40" s="18"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
     </row>
-    <row r="41" spans="1:13" s="6" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" s="6" customFormat="1" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A41" s="9"/>
       <c r="B41" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B42" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    <row r="43" spans="1:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="168">
     <mergeCell ref="L14:L15"/>
     <mergeCell ref="M14:M15"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="B1:M1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:B8"/>
     <mergeCell ref="D5:E6"/>
     <mergeCell ref="D7:E8"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="B10:B11"/>
     <mergeCell ref="D10:D11"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="F10:F11"/>
     <mergeCell ref="G10:L11"/>
     <mergeCell ref="M10:M11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
@@ -2735,2865 +2122,65 @@
     <mergeCell ref="D34:D35"/>
     <mergeCell ref="E34:E35"/>
     <mergeCell ref="F34:F35"/>
     <mergeCell ref="G34:G35"/>
     <mergeCell ref="H36:H37"/>
     <mergeCell ref="I36:I37"/>
     <mergeCell ref="J36:J37"/>
     <mergeCell ref="K36:K37"/>
     <mergeCell ref="L36:L37"/>
     <mergeCell ref="M36:M37"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="D36:D37"/>
     <mergeCell ref="E36:E37"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="G36:G37"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.31496062992125984" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2798 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100C45A254F3919FB4EA18C6B7DC5F7581C" ma:contentTypeVersion="19" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="055e92ed0e02253595e89d249a15eb5e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95b33c55-37c5-4060-8894-13d6f231f88c" xmlns:ns3="2416a0c7-61dc-4ad7-84a1-0013f213281a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e9c502443af4ca0e40a7a32c2a70a22" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100C45A254F3919FB4EA18C6B7DC5F7581C" ma:contentTypeVersion="19" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="5f544fc6a018cf1104ebb5083ccf6a34">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95b33c55-37c5-4060-8894-13d6f231f88c" xmlns:ns3="2416a0c7-61dc-4ad7-84a1-0013f213281a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe23519ec12b52f174abcdac534e1466" ns2:_="" ns3:_="">
     <xsd:import namespace="95b33c55-37c5-4060-8894-13d6f231f88c"/>
     <xsd:import namespace="2416a0c7-61dc-4ad7-84a1-0013f213281a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5829,82 +2416,111 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="2416a0c7-61dc-4ad7-84a1-0013f213281a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="95b33c55-37c5-4060-8894-13d6f231f88c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5997922F-17CE-4751-BB2D-3B61A53A1DCB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38A55DFE-6538-43C6-9CA3-2C927037BEC4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="95b33c55-37c5-4060-8894-13d6f231f88c"/>
+    <ds:schemaRef ds:uri="2416a0c7-61dc-4ad7-84a1-0013f213281a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{341CBD51-49C2-4854-BE27-044A2123A188}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{341CBD51-49C2-4854-BE27-044A2123A188}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{012EF37D-AFC9-470B-A477-E269F5E053EF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{012EF37D-AFC9-470B-A477-E269F5E053EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="2416a0c7-61dc-4ad7-84a1-0013f213281a"/>
+    <ds:schemaRef ds:uri="95b33c55-37c5-4060-8894-13d6f231f88c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Excel iOS</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>R8団体用（入力用）</vt:lpstr>
-      <vt:lpstr>R8団体用（記入例）</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>R7団体用（記入例）</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>UESR1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>